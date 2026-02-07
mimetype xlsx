--- v0 (2025-12-11)
+++ v1 (2026-02-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1702" uniqueCount="796">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1765" uniqueCount="822">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1247,50 +1247,76 @@
     <t>1183</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mensagem_126_-_2025_-_altera_metas_do_ppa_-relatorio_de_metas_fisicas_das_despesas_por_programas_e_acoes.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N° 126/2025_x000D_
 DISPÕE SOBRE A ALTERAÇÃO DAS METAS DE PRODUTOS DO PPA - PLANO PLURIANUAL DE INVESTIMENTOS 2026/2029.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/202512041110031764857403797421.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N° 127/2025 - DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES NO ORÇAMENTO DO MUNICÍPIO DE QUILOMBO PARA O ANO DE 2025.</t>
   </si>
   <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/mensagem_128_-_2025_-_altera_lei_3014_-_terraplanagem_residencias.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM N° 128/2025_x000D_
+DISPÕE SOBRE ALTERAÇÃO DA LEI 3.014/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/mensagem_129_-_2025_-_permissao_de_uso_-_sociedade_comunitaria_sao_sebastiao.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM N° 129/2025_x000D_
+DISPÕE SOBRE A AUTORIZAÇÃO PARA O MUNICÍPIO DE QUILOMBO CELEBRAR A PERMISSÃO DE USO A TÍTULO PRECÁRIO DE BEM PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>978</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/978/mensagem_no02.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N. 02/2025 - DISPÕE SOBRE REORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE QUILOMBO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/979/mensagem_no03.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N. 03/2025 - DISPÕE SOBRE ALTERAÇÕES NA LEI COMPLEMENTAR N. 031/2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>980</t>
@@ -1713,50 +1739,59 @@
   <si>
     <t>994</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_resolucao_no_01-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CÂMARA MIRIM NO MUNICÍPIO DE QUILOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_no_02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO E USO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NA CÂMARA DE VEREADORES DE QUILOMBO/SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/resolucao_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REGULAMENTAÇÃO E CONCESSÃO DE GRATIFICAÇÃO AO SERVIDOR DESIGNADO COMO AGENTE DE CONTRATAÇÕES/PREGOEIRO NO ÂMBITO DA CÂMARA MUNICIPAL DE QUILOMBO/SC, CONFORME A LEI FEDERAL Nº 14.133/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1002</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO LEGISLATIVO</t>
   </si>
   <si>
     <t>BANCADA PT</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/req_01-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SOLICITAÇÃO DE INFORMAÇÕES REFERENTES AO CONTRATO N. 193/2021 FIRMADO PELO PODER EXECUTIVO DE QUILOMBO/SC E A EMPRESA ESPAÇO VERDE FLORICULTURA E PAISAGISMO EIRELI.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>ALDECIR GARBIN, RENI PANSERA</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/req_02-2025.pdf</t>
@@ -1845,71 +1880,80 @@
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>NEREU CANDIDO MARTINHAGO</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_08-2025.pdf</t>
   </si>
   <si>
     <t>A Câmara de Vereadores de Quilombo/SC, atendendo proposição proposta pelo Vereador NEREU MARTINHAGO, no uso de suas atribuições legais e regimentais, INDICA ao Senhor Prefeito Municipal de Quilombo/SC a realização de um Encontro Municipal de Doadores de Sangue no Dia Nacional do Doador de Sangue (25 de novembro), com atividades voltadas à valorização, reconhecimento e incentivo à doação voluntária, em parceria com entidades de saúde e órgãos competentes.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_09-2025.pdf</t>
   </si>
   <si>
     <t>“SUGERE-SE AO PODER EXECUTIVO MUNICIPAL, NA FIGURA DO PREFEITO, SR. JAKSOM NATAL CASTELLI, A PAVIMENTAÇÃO COM PEDRAS IRREGULARES E A INSTALAÇÃO DE SISTEMA DE DRENAGEM E CANALIZAÇÃO DAS ÁGUAS PLUVIAIS QUE FREQUENTEMENTE INVADEM A SC-157, NA LOCALIDADE DA ENTRADA DA LINHA BERGAMINI, NO MUNICÍPIO DE QUILOMBO/SC."</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>FABIO OZECOSKI</t>
+    <t>FÁBIO OZECOSKI</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_10-2025.pdf</t>
   </si>
   <si>
     <t>Câmara de Vereadores de Quilombo/SC, atendendo proposição proposta pelo Vereador FÁBIO OZECOSKI, no uso de suas atribuições legais e regimentais, INDICA ao Senhor Prefeito Municipal de Quilombo/SC, Exmo. Sr. JAKSOM NATAL CASTELLI, a pavimentação da interseção da SC-157 com o Bairro ASEAQ de Quilombo/SC (coordenadas geográficas: 26°43'50.9"S 52°44'16.2"W), nos termos da justificativa anexa.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>ALDECIR GARBIN, KAUANA VAILON, RENI PANSERA</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_11-2025.pdf</t>
   </si>
   <si>
     <t>INDICA ao Senhor Prefeito Municipal de Quilombo/SC, Exmo. Sr. JAKSOM NATAL CASTELLI, a implantação de redutores de velocidade (lombadas) no Bairro Portal do Sol, nos termos da justificativa anexa.</t>
   </si>
   <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_12-2025.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara de Vereadores de Quilombo/SC, atendendo proposição proposta pelos Vereadores RENI PANSERA E ALDECIR GARBIN, no uso de suas atribuições legais e regimentais, INDICA ao Senhor Prefeito Municipal de Quilombo/SC, Exmo. Sr. JAKSOM NATAL CASTELLI, a implantação de iluminação pública em frente ao pavilhão comunitário e a igreja da Linha São Luís, interior do município de Quilombo/SC.</t>
+  </si>
+  <si>
     <t>1030</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>EDIANE DAIANE RAMOS</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/mocao_01-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO N. 01/2025</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_02-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO N. 02/2025</t>
@@ -2010,50 +2054,68 @@
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>ANDERSON WELTER</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/mocao_13-2025.pdf</t>
   </si>
   <si>
     <t>Manifestar publicamente seu reconhecimento e orgulho ao cidadão Quilombense GILMAR DAL POZZO, técnico da Associação Chapecoense de Futebol, pela conquista do acesso ao Brasileirão Série A, elite do futebol brasileiro, bem como pelo exímio trabalho realizado nos últimos anos.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>LEONEL SOUZA</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/mocao_14-2025.pdf</t>
   </si>
   <si>
     <t>A Câmara de Vereadores de Quilombo – Estado de Santa Catarina, atendendo proposição do Vereador LEONEL DE SOUZA, aprovada em sessão plenária, manisfesta publicamente seu reconhecimento e orgulho ao PASTOR JACKSON DOEGE, pela dedicação e compromisso em sua trajetória no município de Quilombo/SC, nos termos da justificativa.</t>
   </si>
   <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/mocao_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara de Vereadores de Quilombo – Estado de Santa Catarina, atendendo proposição dos Vereadores ALDECIR GARBIN e RENI PANSERA, aprovada em sessão plenária, manifesta publicamente seu APELO ao Secretário de Estado da Infraestrutura e Mobilidade, para que sejam adotadas providências visando à implantação de um trevo de acesso na Rodovia Estadual SC-157, na entrada das Linhas Vale do Ouro, São Ricardo e Santa Isabel, no município de Quilombo/SC (26°41'23.1"S 52°45'32.6"W), nos termos da justificativa.</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/mocao_16-2025.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara de Vereadores de Quilombo – Estado de Santa Catarina, atendendo proposição dos Vereadores ALDECIR GARBIN e RENI PANSERA, aprovada em sessão plenária, manifesta publicamente seu APELO ao Secretário de Estado da Infraestrutura e Mobilidade, para que seja efetuada a revitalização/manutenção da SC-482, nos termos da justificativa.</t>
+  </si>
+  <si>
     <t>1081</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/veto_01.2025_-_mensagem_09.2025_-_projeto_de_lei_ordinaria_005.2025.pdf</t>
   </si>
   <si>
     <t>Veto 001/2025 do Projeto de Lei Ordinária n. 005/2025, Mensagem n. 09/2025</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/988/emenda_01.2025.pdf</t>
@@ -2100,72 +2162,72 @@
   <si>
     <t>EMENDA 05/2025 - PLC N. 13/2025 - MENSAGEM 29/2025</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/emenda_06.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 06/2025 - PLC N. 13/2025 - MENSAGEM N. 29/2025</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/emenda_07.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 07/2025 - PLC N. 13/2025 - MENSAGEM 29/2025</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>ADRIANO BOARETTO, ANDERSON WELTER, EDIANE DAIANE RAMOS, FABIO OZECOSKI, KAUANA VAILON, LEONEL SOUZA</t>
+    <t>ADRIANO BOARETTO, ANDERSON WELTER, EDIANE DAIANE RAMOS, FÁBIO OZECOSKI, KAUANA VAILON, LEONEL SOUZA</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/emenda_08.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 08/2025. Projeto de Lei Complementar n. 10/2025. Mensagem n. 26/2025. DISPÕE SOBRE REGRAS DE SEGURANÇA EM RELAÇÃO A ALGUMAS RAÇAS DE CÃES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/emenda_09.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 09/2025. Projeto de Lei Complementar n. 18/2025. Mensagem n. 43/2025. ACRESCENTA OS SERVIÇOS RELACIONADOS ÀS EMPRESAS DE ENERGIA SOLAR NO ANEXO DA LEI COMPLEMENTAR N. 125/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>ADRIANO BOARETTO, ANDERSON WELTER, EDIANE DAIANE RAMOS, FABIO OZECOSKI, LEONEL SOUZA</t>
+    <t>ADRIANO BOARETTO, ANDERSON WELTER, EDIANE DAIANE RAMOS, FÁBIO OZECOSKI, LEONEL SOUZA</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/emenda_10.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 10/2025. Projeto de Lei Complementar n. 19/2025. Mensagem n. 40/2025. DISPÕE SOBRE O PRÊMIO ASSIDUIDADE AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUILOMBO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>ADRIANO BOARETTO</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1071/emenda_11.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 11/2025. Projeto de Lei Ordinária n. 05/2025. Mensagem n. 09/2025. DISPÕE SOBRE A RENOMEAÇÃO DAS RUAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/emenda_12.2025.pdf</t>
   </si>
@@ -2182,50 +2244,59 @@
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/emenda_13.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 13/2025. Projeto de Lei Ordinária n. 29/2025. Mensagem n. 42/2025.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/emenda_14.2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 14/2025. Projeto de Lei Ordinária n. 71/2025. Mensagem n. 104/2025. DISPÕE SOBRE A DENOMINAÇÃO E RENOMEAÇÃO DE LOGRADOUROS, PRAÇAS E PRÉDIOS PÚBLICOS DO MUNICÍPIO DE QUILOMBO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/emenda_n._15-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 15/2025. Projeto de Emenda Revisional à Lei Orgânica n. 01/2025. EMENDA REVISIONAL À LEI ORGÂNICA DO MUNICÍPIO DE QUILOMBO - ESTADO DE SANTA CATARINA N. 01/2025.</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/emenda_16.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA N. 16/2025. EMENDA REVISIONAL À LEI ORGÂNICA DO MUNICÍPIO DE QUILOMBO - ESTADO DE SANTA CATARINA N. 01/2025.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>REP</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/993/partido_progressista.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DE LÍDER DE BANCADA - PARTIDO PROGRESSISTA (PP)</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_001_-_2025_-_abertura_de_sessao_-_com_anexos.pdf</t>
   </si>
   <si>
     <t>*MENSAGEM Nº 001/2025*_x000D_
 ABERTURA DA SESSÃO LEGISLATIVA 2025</t>
@@ -2448,50 +2519,61 @@
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/plo_29.2025_-_mensagem_42-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO: LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL_x000D_
 REDAÇÃO FINAL_x000D_
 PROJETO DE LEI ORDINÁRIA N. 29/2025 — MENSAGEM N. 42/2025_x000D_
 DISPÕE SOBRE O NOVO PROGRAMA DE INCENTIVO ECONÔMICO E LOGÍSTICO AOS AGRICUTORES E PECUARISTAS, PROMOVENDO O DESENVOLVIMENTO DAS PROPRIEDADES RURAIS E GARANTINDO QUE OS PRODUTORES CUMPRAM AS OBRIGAÇÕES FISCAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/plo_71.2025_-_mensagem_104-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO: LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL_x000D_
 REDAÇÃO FINAL_x000D_
 PROJETO DE LEI ORDINÁRIA N. 71/2025 — MENSAGEM N. 104/2025_x000D_
 DISPÕE SOBRE A DENOMINAÇÃO E RENOMEAÇÃO DE VIAS, PRAÇAS, PRÉDIOS PÚBLICOS E OUTROS BENS DE USO COMUM DO MUNICÍPIO DE QUILOMBO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/redacao_final_-_lom.docx.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
+REDAÇÃO FINAL_x000D_
+EMENDA REVISIONAL À LEI ORGÂNICA DO MUNICÍPIO DE QUILOMBO - ESTADO DE SANTA CATARINA N. 01/2025.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>JULG</t>
   </si>
   <si>
     <t>JULGAMENTO DAS CONTAS</t>
   </si>
   <si>
     <t>https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/999/parecer_tce_contas_2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO TCE/SC/SEG 738/2025 - JULGAMENTO DAS CONTAS DO PREFEITO REFERENTES AO EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>RGS</t>
   </si>
   <si>
     <t>RELATÓRIOS GASTOS/SALDOS</t>
   </si>
@@ -2897,56 +2979,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/974/mensagem_n._012.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/975/mensagem_n._013.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/976/mensagem_n._014.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/985/mensagem_no09.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/986/mensagem_no10.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/987/mensagem_n._018.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/990/mensagem_019_-_2025_-_superavit_saude_incentivo_aos_hospitais_-_recurso_dezembro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/991/mensagem_020_-_2025_-_autoriza_a_criacao_de_cnpj_para_a_educacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/995/mensagem_n._023.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/996/mensagem_n._021.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/997/mensagem_024-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/998/mensagem_n._011.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/mensagem_n._025.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/mensagem_n._022.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/mensagem_n._031.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/mensagem_n._030.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/mensagem_n._035.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/mensagem_032_-_2025_-_superavit_social_feas_e_fnas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_n._015.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/mensagem_n._033.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/mensagem_n._034__mapas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/mensagem_n._038.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/mensagem_n._039.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/mensagem_n._041.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/mensagem_n._042.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/mensagem_044_-_2025_-_remanejamento_sec_ind._com._tur._especial_elemento_3360.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1044/mensagem_n._046.2025_-_alteracao_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/oficio_no169-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_n._045.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/mensagem_n._049.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/mensagem_n._050.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/mensagem_n._047.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/mensagem_n._051.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n._35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/mensagem_n._048.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/mensagem_n._052.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/mensagem_054_-_autorizacao_convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/projeto_de_lei_n._39-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projeto_de_lei_n._40-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/mensagem_n._060.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/mensagem_n._061.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/mensagem_n._058.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/mensagem_n._053.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/mensagem_n._065.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_055_-_2025_-_termo_associativo_-_igr_vale_das_aguas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_064.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_n._068.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/mensagem_066_-_2025_-_sensor_glicose.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/mensagem_067_-_2025_-_monitor_esportivo_20h_-_ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/mensagem_069_-_2025_-_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/mensagem_070_-_2025_-_repasse_ao_grupo_de_voluntarios_sagrado_coracao_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/mensagem_071_-_2025_-_revoga_lei_de_doacao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/mensagem_072_-_2025_-_remanejamento_proprio_-_finisa_e_brde.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_075_-_2025_-_autoriza_acordo_com_hospital.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/293_-_2025_e_mensagem_77-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_n._078.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_n._080.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/mensagem_084_-_2025_-__plano_plurianual_2026_a_2029_ppa_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/mensagem_n._081.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_65-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/mensagem_n._085.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/mensagem_n._086.2025_-__lei_de_diretrizes_orcamentarias_ldo_2026_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/mensagem_088_-_2025-_casa_lar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/mensagem_087_-_2025_-_remanejamento_folha_secretarias.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/mensagem_089_-_2025_-_remanejamento_custeio_para_farmacia_-_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/mensagem_092_-_2025_-_altera_a_lei_do_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/mensagem_097_-_2025_-_loa_2026_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/mensagem_101_-_2025_-_ajuda_de_custo_-_conselhos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/mensagem_102_-_2025_-_rubeola.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/1mensagem_104_-_2025_-_projeto_de_lei_ruas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/mensagem_100_-_2025_-_remanejamento_proprio_-_finisa_coleta_de_lixo_e_projetos_engenharia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/mensagem_105_-_2025_-_programa_quilombo_lixo_zero.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_de_lei_74-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/mensagem_106_-_2025_-_remanejamento_federal_-_social.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/mensagem_107_-_2025_-_cisamosc_-_ratificacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/mensagem_109_-_2025_-_imovel_inservivel_-_escola_nova_brasilia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/mensagem_111_-_2025_-_excesso_programa_casa_catarina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/mensagem_114_-_2025_-_desafetacao_para_moradia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1162/mensagem_110_-_2025_-_imovel_inservivel_-_escola_sachet_-_ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/mensagem_115_-_2025_-_soltura_de_fogos_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/mensagem_116_-_2025_-_ratificacao_da_1a_e_2a_alteracao_contratual_do_cimam_-_amnoroeste.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/mensagem_117_-_2025_-_remanejamento_cosip_iluminacao_natalina.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/mensagem_118_-_2025_-_doacao_e_isencao_itbi.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/mensagem_120_-_2025_-_financiamento_-_asfalto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mensagem_121_-_2025_-_remanejamento_saude_-_fim_de_exercicio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mensagem_123_-_2025_-_nome_de_ruas_-_flach_e_dalla_costa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mensagem_122_-_2025_-_remanejamento_educacao_-_fim_de_exercicio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mensagem_124_-_2025_-_desafetacao_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mensagem_125_-_2025_-_repasse_atleta_ricardo_cavalli.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mensagem_126_-_2025_-_altera_metas_do_ppa_-relatorio_de_metas_fisicas_das_despesas_por_programas_e_acoes.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/202512041110031764857403797421.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/978/mensagem_no02.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/979/mensagem_no03.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/980/mensagem_no04.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/981/mensagem_no05.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/982/mensagem_no06.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/983/mensagem_no07.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/984/mensagem_no08.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/977/mensagem_n._016.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/989/mensagem_017_-_2025_-_tesoureiro_e_tecnico_administrativo__impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/mensagem_026_-_2025_-_racas_de_caes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/mensagem_n._027.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/mensagem_n._028.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/mensagem_n._029.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/mensagem_037_-_2025_-_revisao_geral_anual_-_educacao_final_lc_030.2001.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_036_-_2025_-_revisao_geral_anual_-_altera_a_lc_031.2001.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/revisao_geral_anual_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/mensagem_n._040.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/mensagem_n._043.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/mensagem_n._040.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/mensagem_n._057.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/mensagem_n._059.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/mensagem_n._062.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_063.2025_e_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/mensagem_073_-_2025_-_criacao_cargo_-_coordenador_de_programas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_n._079.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_n._082.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/of._314.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/mensagem_n._076.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/mensagem_090_-_2025_-_plantao_e_sobreaviso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/mensagem_091_-_2025_-_alteracao_lc_32.2001_-_plantao_e_sobreaviso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/mensagem_093_-_2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/mensagem_094_-_2025_-_fc_e_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/mensagem_095_-_2025_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/mensagem_096_-_2025_-_agente_de_endemias_-_retroativo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/mensagem_098_-_2025_-_fc_e_gratificacoes_-_correcao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/mensagem_099_-_2025_-_premio_assiduidade_-_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/mensagem_103_-_2025-_alteracao_das_tabelas_-_taxa_do_lixo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/mensagem_112_-_2025_-_adicional_de_titulacao_-_act.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/mensagem_113_-_2025_-_adicional_de_titulacao_-_efetivos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/mensagem_108_-_2025_-_altera_anexo_da_lei_complementar_125.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mensagem_119_-_2025_-_fc_e_gratificacoes_-_lc_30_-_estimativas_e_analise_de_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/decreto_legislativo_no_01-2025_-_contas_de_2023_-_silvano.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_decreto_legislativo_n._02-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_resolucao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_-_equipamentos_para_uso_dos_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/mocao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/mocao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/mocao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/mocao_de_apelo_-_assunto_fechamento_dos_correios.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/mocao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/mocao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/mocao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/mocao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/mocao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/veto_01.2025_-_mensagem_09.2025_-_projeto_de_lei_ordinaria_005.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/988/emenda_01.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/emenda_02.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/emenda_03.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_04.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/emenda_05.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/emenda_06.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/emenda_07.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/emenda_08.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/emenda_10.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1071/emenda_11.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/emenda_12.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/emenda_13.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/emenda_14.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/emenda_n._15-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/993/partido_progressista.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_001_-_2025_-_abertura_de_sessao_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/992/coleta_de_lixo_reciclavel.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/of_n._96.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/of_n._105-25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/of_n._106-25.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/oficio_no115-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/oficio_no116-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/grupo_de_vizinhos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/oficio_193-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/oficio_194-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/oficio_196-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/oficio_197-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/293_-_2025_e_mensagem_77-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/of._314.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/375_-_2025_-_alteracao_mensagem_103.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/378_-_2025_-_alteracao_mensagem_104.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/437_-_2025_-_resposta_ao_requerimento_03-2025_-_kauana_vailon.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/463_-_2025_-_resposta_a_indicacao_vereador_fabio_-_ok.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/oficio_comisao_ljrf-_projeto_10_2025_-_protacao_e_seguranca_animal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/plc_10.2025_-_mensagem_26-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/plc_18.2025_-_mensagem_43-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/plo_05.2025_-_mensagem_09-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/plo_29.2025_-_mensagem_42-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/plo_71.2025_-_mensagem_104-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/999/parecer_tce_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/marco_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/abril-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/maio-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/julho-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/agosto_-_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/setembro-_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_lom_-_versao_final.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/974/mensagem_n._012.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/975/mensagem_n._013.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/976/mensagem_n._014.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/985/mensagem_no09.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/986/mensagem_no10.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/987/mensagem_n._018.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/990/mensagem_019_-_2025_-_superavit_saude_incentivo_aos_hospitais_-_recurso_dezembro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/991/mensagem_020_-_2025_-_autoriza_a_criacao_de_cnpj_para_a_educacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/995/mensagem_n._023.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/996/mensagem_n._021.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/997/mensagem_024-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/998/mensagem_n._011.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/mensagem_n._025.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/mensagem_n._022.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/mensagem_n._031.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/mensagem_n._030.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/mensagem_n._035.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/mensagem_032_-_2025_-_superavit_social_feas_e_fnas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_n._015.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/mensagem_n._033.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/mensagem_n._034__mapas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/mensagem_n._038.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/mensagem_n._039.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/mensagem_n._041.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/mensagem_n._042.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/mensagem_044_-_2025_-_remanejamento_sec_ind._com._tur._especial_elemento_3360.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1044/mensagem_n._046.2025_-_alteracao_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/oficio_no169-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_n._045.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/mensagem_n._049.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/mensagem_n._050.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/mensagem_n._047.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/mensagem_n._051.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n._35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/mensagem_n._048.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/mensagem_n._052.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/mensagem_054_-_autorizacao_convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/projeto_de_lei_n._39-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projeto_de_lei_n._40-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/mensagem_n._060.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/mensagem_n._061.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/mensagem_n._058.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/mensagem_n._053.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/mensagem_n._065.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_055_-_2025_-_termo_associativo_-_igr_vale_das_aguas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_064.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_n._068.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/mensagem_066_-_2025_-_sensor_glicose.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/mensagem_067_-_2025_-_monitor_esportivo_20h_-_ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/mensagem_069_-_2025_-_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/mensagem_070_-_2025_-_repasse_ao_grupo_de_voluntarios_sagrado_coracao_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/mensagem_071_-_2025_-_revoga_lei_de_doacao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/mensagem_072_-_2025_-_remanejamento_proprio_-_finisa_e_brde.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_075_-_2025_-_autoriza_acordo_com_hospital.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/293_-_2025_e_mensagem_77-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_n._078.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_n._080.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/mensagem_084_-_2025_-__plano_plurianual_2026_a_2029_ppa_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/mensagem_n._081.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_65-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/mensagem_n._085.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/mensagem_n._086.2025_-__lei_de_diretrizes_orcamentarias_ldo_2026_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/mensagem_088_-_2025-_casa_lar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/mensagem_087_-_2025_-_remanejamento_folha_secretarias.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/mensagem_089_-_2025_-_remanejamento_custeio_para_farmacia_-_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/mensagem_092_-_2025_-_altera_a_lei_do_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/mensagem_097_-_2025_-_loa_2026_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/mensagem_101_-_2025_-_ajuda_de_custo_-_conselhos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/mensagem_102_-_2025_-_rubeola.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/1mensagem_104_-_2025_-_projeto_de_lei_ruas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/mensagem_100_-_2025_-_remanejamento_proprio_-_finisa_coleta_de_lixo_e_projetos_engenharia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/mensagem_105_-_2025_-_programa_quilombo_lixo_zero.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_de_lei_74-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/mensagem_106_-_2025_-_remanejamento_federal_-_social.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/mensagem_107_-_2025_-_cisamosc_-_ratificacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/mensagem_109_-_2025_-_imovel_inservivel_-_escola_nova_brasilia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/mensagem_111_-_2025_-_excesso_programa_casa_catarina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/mensagem_114_-_2025_-_desafetacao_para_moradia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1162/mensagem_110_-_2025_-_imovel_inservivel_-_escola_sachet_-_ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/mensagem_115_-_2025_-_soltura_de_fogos_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/mensagem_116_-_2025_-_ratificacao_da_1a_e_2a_alteracao_contratual_do_cimam_-_amnoroeste.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/mensagem_117_-_2025_-_remanejamento_cosip_iluminacao_natalina.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/mensagem_118_-_2025_-_doacao_e_isencao_itbi.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/mensagem_120_-_2025_-_financiamento_-_asfalto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mensagem_121_-_2025_-_remanejamento_saude_-_fim_de_exercicio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mensagem_123_-_2025_-_nome_de_ruas_-_flach_e_dalla_costa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mensagem_122_-_2025_-_remanejamento_educacao_-_fim_de_exercicio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mensagem_124_-_2025_-_desafetacao_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mensagem_125_-_2025_-_repasse_atleta_ricardo_cavalli.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mensagem_126_-_2025_-_altera_metas_do_ppa_-relatorio_de_metas_fisicas_das_despesas_por_programas_e_acoes.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/202512041110031764857403797421.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/mensagem_128_-_2025_-_altera_lei_3014_-_terraplanagem_residencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/mensagem_129_-_2025_-_permissao_de_uso_-_sociedade_comunitaria_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/978/mensagem_no02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/979/mensagem_no03.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/980/mensagem_no04.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/981/mensagem_no05.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/982/mensagem_no06.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/983/mensagem_no07.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/984/mensagem_no08.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/977/mensagem_n._016.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/989/mensagem_017_-_2025_-_tesoureiro_e_tecnico_administrativo__impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/mensagem_026_-_2025_-_racas_de_caes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/mensagem_n._027.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/mensagem_n._028.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/mensagem_n._029.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/mensagem_037_-_2025_-_revisao_geral_anual_-_educacao_final_lc_030.2001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_036_-_2025_-_revisao_geral_anual_-_altera_a_lc_031.2001.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/revisao_geral_anual_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/mensagem_n._040.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/mensagem_n._043.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/mensagem_n._040.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/mensagem_n._057.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/mensagem_n._059.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/mensagem_n._062.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_063.2025_e_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/mensagem_073_-_2025_-_criacao_cargo_-_coordenador_de_programas.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_n._079.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_n._082.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/of._314.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/mensagem_n._076.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/mensagem_090_-_2025_-_plantao_e_sobreaviso.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/mensagem_091_-_2025_-_alteracao_lc_32.2001_-_plantao_e_sobreaviso.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/mensagem_093_-_2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/mensagem_094_-_2025_-_fc_e_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/mensagem_095_-_2025_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/mensagem_096_-_2025_-_agente_de_endemias_-_retroativo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/mensagem_098_-_2025_-_fc_e_gratificacoes_-_correcao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/mensagem_099_-_2025_-_premio_assiduidade_-_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/mensagem_103_-_2025-_alteracao_das_tabelas_-_taxa_do_lixo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/mensagem_112_-_2025_-_adicional_de_titulacao_-_act.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/mensagem_113_-_2025_-_adicional_de_titulacao_-_efetivos.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/mensagem_108_-_2025_-_altera_anexo_da_lei_complementar_125.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mensagem_119_-_2025_-_fc_e_gratificacoes_-_lc_30_-_estimativas_e_analise_de_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/decreto_legislativo_no_01-2025_-_contas_de_2023_-_silvano.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_decreto_legislativo_n._02-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_resolucao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_-_equipamentos_para_uso_dos_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/mocao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/mocao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/mocao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/mocao_de_apelo_-_assunto_fechamento_dos_correios.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/mocao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/mocao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/mocao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/mocao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/mocao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/mocao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/mocao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/veto_01.2025_-_mensagem_09.2025_-_projeto_de_lei_ordinaria_005.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/988/emenda_01.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/emenda_02.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/emenda_03.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_04.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/emenda_05.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/emenda_06.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/emenda_07.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/emenda_08.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/emenda_10.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1071/emenda_11.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/emenda_12.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/emenda_13.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/emenda_14.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/emenda_n._15-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/emenda_16.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/993/partido_progressista.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_001_-_2025_-_abertura_de_sessao_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/992/coleta_de_lixo_reciclavel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/of_n._96.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/of_n._105-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/of_n._106-25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/oficio_no115-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/oficio_no116-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/grupo_de_vizinhos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/oficio_193-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/oficio_194-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/oficio_196-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/oficio_197-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/293_-_2025_e_mensagem_77-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/of._314.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/375_-_2025_-_alteracao_mensagem_103.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/378_-_2025_-_alteracao_mensagem_104.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/437_-_2025_-_resposta_ao_requerimento_03-2025_-_kauana_vailon.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/463_-_2025_-_resposta_a_indicacao_vereador_fabio_-_ok.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/oficio_comisao_ljrf-_projeto_10_2025_-_protacao_e_seguranca_animal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/plc_10.2025_-_mensagem_26-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/plc_18.2025_-_mensagem_43-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/plo_05.2025_-_mensagem_09-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/plo_29.2025_-_mensagem_42-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/plo_71.2025_-_mensagem_104-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/redacao_final_-_lom.docx.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/999/parecer_tce_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/marco_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/abril-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/maio-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/julho-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/agosto_-_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/setembro-_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quilombo.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_lom_-_versao_final.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H215"/>
+  <dimension ref="A1:H223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="146.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="180" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5317,3184 +5399,3389 @@
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>377</v>
       </c>
       <c r="H92" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>379</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>380</v>
       </c>
       <c r="D93" t="s">
-        <v>380</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>383</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>384</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94" t="s">
-        <v>380</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>381</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H94" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>387</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E95" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H95" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>391</v>
+        <v>17</v>
       </c>
       <c r="D96" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E96" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H96" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D97" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E97" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H97" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>29</v>
+        <v>399</v>
       </c>
       <c r="D98" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E98" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H98" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D99" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E99" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H99" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D100" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E100" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H100" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D101" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E101" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H101" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D102" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E102" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="H102" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D103" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E103" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H103" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D104" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E104" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="H104" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D105" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E105" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H105" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D106" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E106" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="H106" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D107" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E107" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H107" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D108" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E108" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F108" t="s">
-        <v>252</v>
+        <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H108" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D109" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E109" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H109" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D110" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E110" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>252</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H110" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D111" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E111" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H111" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="D112" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E112" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H112" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="D113" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E113" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D114" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E114" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H114" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D115" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E115" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="H115" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="D116" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E116" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="H116" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="D117" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E117" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H117" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="D118" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E118" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H118" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="D119" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E119" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H119" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D120" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E120" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H120" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D121" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E121" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H121" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="D122" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E122" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H122" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D123" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E123" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H123" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D124" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E124" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H124" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D125" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E125" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H125" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D126" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E126" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="H126" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D127" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E127" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H127" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="D128" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E128" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H128" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="D129" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E129" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H129" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="D130" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E130" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H130" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="D131" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E131" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H131" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="D132" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E132" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H132" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="D133" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="E133" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H133" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>10</v>
+        <v>167</v>
       </c>
       <c r="D134" t="s">
-        <v>505</v>
+        <v>388</v>
       </c>
       <c r="E134" t="s">
-        <v>506</v>
+        <v>389</v>
       </c>
       <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>509</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>171</v>
+      </c>
+      <c r="D135" t="s">
+        <v>388</v>
+      </c>
+      <c r="E135" t="s">
+        <v>389</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B135" t="s">
-[...11 lines deleted...]
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>511</v>
-      </c>
-[...4 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>10</v>
       </c>
       <c r="D136" t="s">
+        <v>513</v>
+      </c>
+      <c r="E136" t="s">
+        <v>514</v>
+      </c>
+      <c r="F136" t="s">
         <v>515</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="F136" t="s">
-[...2 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="E137" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="F137" t="s">
-        <v>252</v>
+        <v>519</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>520</v>
       </c>
       <c r="H137" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>522</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>10</v>
       </c>
       <c r="D138" t="s">
         <v>523</v>
       </c>
       <c r="E138" t="s">
         <v>524</v>
       </c>
       <c r="F138" t="s">
+        <v>146</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>17</v>
       </c>
       <c r="D139" t="s">
         <v>523</v>
       </c>
       <c r="E139" t="s">
         <v>524</v>
       </c>
       <c r="F139" t="s">
+        <v>252</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H139" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>391</v>
+        <v>21</v>
       </c>
       <c r="D140" t="s">
         <v>523</v>
       </c>
       <c r="E140" t="s">
         <v>524</v>
       </c>
       <c r="F140" t="s">
-        <v>529</v>
+        <v>252</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="H140" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
+        <v>534</v>
+      </c>
+      <c r="E141" t="s">
+        <v>535</v>
+      </c>
+      <c r="F141" t="s">
         <v>536</v>
       </c>
-      <c r="E141" t="s">
+      <c r="G141" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="F141" t="s">
-[...2 lines deleted...]
-      <c r="G141" s="1" t="s">
+      <c r="H141" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>17</v>
       </c>
       <c r="D142" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="E142" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="F142" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>541</v>
       </c>
       <c r="H142" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>543</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>21</v>
+        <v>399</v>
       </c>
       <c r="D143" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="E143" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="F143" t="s">
-        <v>146</v>
+        <v>540</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>544</v>
       </c>
       <c r="H143" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>546</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>391</v>
+        <v>10</v>
       </c>
       <c r="D144" t="s">
+        <v>547</v>
+      </c>
+      <c r="E144" t="s">
+        <v>548</v>
+      </c>
+      <c r="F144" t="s">
         <v>536</v>
       </c>
-      <c r="E144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G144" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H144" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D145" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E145" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F145" t="s">
-        <v>146</v>
+        <v>540</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H145" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D146" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E146" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F146" t="s">
-        <v>529</v>
+        <v>146</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H146" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>33</v>
+        <v>399</v>
       </c>
       <c r="D147" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E147" t="s">
-        <v>537</v>
+        <v>548</v>
+      </c>
+      <c r="F147" t="s">
+        <v>540</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H147" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D148" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E148" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F148" t="s">
-        <v>559</v>
+        <v>146</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H148" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D149" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E149" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F149" t="s">
-        <v>559</v>
+        <v>540</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H149" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D150" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E150" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>548</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>567</v>
       </c>
       <c r="H150" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>569</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D151" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E151" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F151" t="s">
         <v>570</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>571</v>
       </c>
       <c r="H151" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>573</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D152" t="s">
+        <v>547</v>
+      </c>
+      <c r="E152" t="s">
+        <v>548</v>
+      </c>
+      <c r="F152" t="s">
+        <v>570</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="E152" t="s">
+      <c r="H152" t="s">
         <v>575</v>
-      </c>
-[...7 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>576</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>45</v>
+      </c>
+      <c r="D153" t="s">
+        <v>547</v>
+      </c>
+      <c r="E153" t="s">
+        <v>548</v>
+      </c>
+      <c r="F153" t="s">
+        <v>577</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H153" t="s">
         <v>579</v>
-      </c>
-[...19 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>580</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>49</v>
+      </c>
+      <c r="D154" t="s">
+        <v>547</v>
+      </c>
+      <c r="E154" t="s">
+        <v>548</v>
+      </c>
+      <c r="F154" t="s">
+        <v>581</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="B154" t="s">
-[...14 lines deleted...]
-      <c r="G154" s="1" t="s">
+      <c r="H154" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>584</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>53</v>
+      </c>
+      <c r="D155" t="s">
+        <v>547</v>
+      </c>
+      <c r="E155" t="s">
+        <v>548</v>
+      </c>
+      <c r="F155" t="s">
+        <v>540</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="B155" t="s">
-[...14 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>587</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>10</v>
+      </c>
+      <c r="D156" t="s">
         <v>588</v>
       </c>
-      <c r="B156" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E156" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="F156" t="s">
-        <v>146</v>
+        <v>590</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="H156" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D157" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E157" t="s">
-        <v>575</v>
+        <v>589</v>
+      </c>
+      <c r="F157" t="s">
+        <v>146</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="H157" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D158" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E158" t="s">
-        <v>575</v>
+        <v>589</v>
+      </c>
+      <c r="F158" t="s">
+        <v>540</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H158" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>37</v>
+        <v>399</v>
       </c>
       <c r="D159" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E159" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="F159" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="H159" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D160" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E160" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="F160" t="s">
-        <v>529</v>
+        <v>146</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="H160" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D161" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E161" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>604</v>
+        <v>589</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H161" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D162" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E162" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H162" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D163" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E163" t="s">
-        <v>575</v>
+        <v>589</v>
+      </c>
+      <c r="F163" t="s">
+        <v>540</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H163" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D164" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E164" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="F164" t="s">
-        <v>614</v>
+        <v>540</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>615</v>
       </c>
       <c r="H164" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>617</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D165" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E165" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="F165" t="s">
         <v>618</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>619</v>
       </c>
       <c r="H165" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>621</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D166" t="s">
+        <v>588</v>
+      </c>
+      <c r="E166" t="s">
+        <v>589</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="E166" t="s">
+      <c r="H166" t="s">
         <v>623</v>
-      </c>
-[...7 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>624</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>53</v>
+      </c>
+      <c r="D167" t="s">
+        <v>588</v>
+      </c>
+      <c r="E167" t="s">
+        <v>589</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H167" t="s">
         <v>626</v>
-      </c>
-[...16 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D168" t="s">
-        <v>627</v>
+        <v>588</v>
       </c>
       <c r="E168" t="s">
+        <v>589</v>
+      </c>
+      <c r="F168" t="s">
         <v>628</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="H168" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>631</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>61</v>
+      </c>
+      <c r="D169" t="s">
+        <v>588</v>
+      </c>
+      <c r="E169" t="s">
+        <v>589</v>
+      </c>
+      <c r="F169" t="s">
+        <v>632</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H169" t="s">
         <v>634</v>
-      </c>
-[...19 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>391</v>
+        <v>65</v>
       </c>
       <c r="D170" t="s">
-        <v>627</v>
+        <v>588</v>
       </c>
       <c r="E170" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>570</v>
+        <v>589</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="H170" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D171" t="s">
-        <v>627</v>
+        <v>588</v>
       </c>
       <c r="E171" t="s">
-        <v>628</v>
+        <v>589</v>
       </c>
       <c r="F171" t="s">
-        <v>570</v>
+        <v>540</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="H171" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>641</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>10</v>
+      </c>
+      <c r="D172" t="s">
+        <v>642</v>
+      </c>
+      <c r="E172" t="s">
+        <v>643</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="B172" t="s">
-[...14 lines deleted...]
-      <c r="G172" s="1" t="s">
+      <c r="H172" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>646</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>10</v>
+      </c>
+      <c r="D173" t="s">
         <v>647</v>
       </c>
-      <c r="B173" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E173" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>614</v>
+        <v>648</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H173" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D174" t="s">
-        <v>627</v>
+        <v>647</v>
       </c>
       <c r="E174" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>652</v>
       </c>
       <c r="H174" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>654</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D175" t="s">
-        <v>627</v>
+        <v>647</v>
       </c>
       <c r="E175" t="s">
-        <v>628</v>
+        <v>648</v>
       </c>
       <c r="F175" t="s">
-        <v>559</v>
+        <v>655</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="H175" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>45</v>
+        <v>399</v>
       </c>
       <c r="D176" t="s">
-        <v>627</v>
+        <v>647</v>
       </c>
       <c r="E176" t="s">
-        <v>628</v>
+        <v>648</v>
       </c>
       <c r="F176" t="s">
-        <v>658</v>
+        <v>581</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>659</v>
       </c>
       <c r="H176" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>661</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D177" t="s">
-        <v>627</v>
+        <v>647</v>
       </c>
       <c r="E177" t="s">
-        <v>628</v>
+        <v>648</v>
       </c>
       <c r="F177" t="s">
+        <v>581</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="G177" s="1" t="s">
+      <c r="H177" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>664</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>29</v>
+      </c>
+      <c r="D178" t="s">
+        <v>647</v>
+      </c>
+      <c r="E178" t="s">
+        <v>648</v>
+      </c>
+      <c r="F178" t="s">
+        <v>590</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B178" t="s">
-[...14 lines deleted...]
-      <c r="G178" s="1" t="s">
+      <c r="H178" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>667</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>33</v>
+      </c>
+      <c r="D179" t="s">
+        <v>647</v>
+      </c>
+      <c r="E179" t="s">
+        <v>648</v>
+      </c>
+      <c r="F179" t="s">
+        <v>628</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="B179" t="s">
-[...11 lines deleted...]
-      <c r="F179" t="s">
+      <c r="H179" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>670</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>37</v>
+      </c>
+      <c r="D180" t="s">
+        <v>647</v>
+      </c>
+      <c r="E180" t="s">
+        <v>648</v>
+      </c>
+      <c r="F180" t="s">
+        <v>671</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="B180" t="s">
-[...11 lines deleted...]
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>674</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>41</v>
+      </c>
+      <c r="D181" t="s">
+        <v>647</v>
+      </c>
+      <c r="E181" t="s">
+        <v>648</v>
+      </c>
+      <c r="F181" t="s">
+        <v>570</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H181" t="s">
         <v>676</v>
-      </c>
-[...19 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>677</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>45</v>
+      </c>
+      <c r="D182" t="s">
+        <v>647</v>
+      </c>
+      <c r="E182" t="s">
+        <v>648</v>
+      </c>
+      <c r="F182" t="s">
+        <v>678</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="B182" t="s">
-[...5 lines deleted...]
-      <c r="D182" t="s">
+      <c r="H182" t="s">
         <v>680</v>
-      </c>
-[...7 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>681</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>49</v>
+      </c>
+      <c r="D183" t="s">
+        <v>647</v>
+      </c>
+      <c r="E183" t="s">
+        <v>648</v>
+      </c>
+      <c r="F183" t="s">
+        <v>682</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H183" t="s">
         <v>684</v>
-      </c>
-[...19 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>685</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>53</v>
+      </c>
+      <c r="D184" t="s">
+        <v>647</v>
+      </c>
+      <c r="E184" t="s">
+        <v>648</v>
+      </c>
+      <c r="F184" t="s">
+        <v>655</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H184" t="s">
         <v>687</v>
-      </c>
-[...16 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D185" t="s">
-        <v>688</v>
+        <v>647</v>
       </c>
       <c r="E185" t="s">
+        <v>648</v>
+      </c>
+      <c r="F185" t="s">
         <v>689</v>
       </c>
-      <c r="F185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" s="1" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="H185" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>692</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>61</v>
+      </c>
+      <c r="D186" t="s">
+        <v>647</v>
+      </c>
+      <c r="E186" t="s">
+        <v>648</v>
+      </c>
+      <c r="F186" t="s">
+        <v>693</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H186" t="s">
         <v>695</v>
-      </c>
-[...19 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>696</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>65</v>
+      </c>
+      <c r="D187" t="s">
+        <v>647</v>
+      </c>
+      <c r="E187" t="s">
+        <v>648</v>
+      </c>
+      <c r="F187" t="s">
+        <v>519</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H187" t="s">
         <v>698</v>
-      </c>
-[...19 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>699</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>69</v>
+      </c>
+      <c r="D188" t="s">
+        <v>647</v>
+      </c>
+      <c r="E188" t="s">
+        <v>648</v>
+      </c>
+      <c r="F188" t="s">
+        <v>146</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H188" t="s">
         <v>701</v>
-      </c>
-[...19 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>702</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>10</v>
+      </c>
+      <c r="D189" t="s">
+        <v>703</v>
+      </c>
+      <c r="E189" t="s">
         <v>704</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>705</v>
       </c>
       <c r="H189" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>707</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D190" t="s">
-        <v>688</v>
+        <v>703</v>
       </c>
       <c r="E190" t="s">
-        <v>689</v>
+        <v>704</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>708</v>
       </c>
       <c r="H190" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>710</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D191" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E191" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>712</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H191" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D192" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E192" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H192" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D193" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E193" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H193" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>49</v>
+        <v>399</v>
       </c>
       <c r="D194" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E194" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="H194" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D195" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E195" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H195" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D196" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E196" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H196" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D197" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E197" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>712</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="H197" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D198" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E198" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="H198" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D199" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E199" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="H199" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="D200" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="E200" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="H200" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D201" t="s">
-        <v>741</v>
+        <v>711</v>
       </c>
       <c r="E201" t="s">
-        <v>742</v>
+        <v>712</v>
       </c>
       <c r="F201" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H201" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>745</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="D202" t="s">
+        <v>711</v>
+      </c>
+      <c r="E202" t="s">
+        <v>712</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="E202" t="s">
+      <c r="H202" t="s">
         <v>747</v>
-      </c>
-[...7 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>748</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>57</v>
+      </c>
+      <c r="D203" t="s">
+        <v>711</v>
+      </c>
+      <c r="E203" t="s">
+        <v>712</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H203" t="s">
         <v>750</v>
-      </c>
-[...19 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>751</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>61</v>
+      </c>
+      <c r="D204" t="s">
+        <v>711</v>
+      </c>
+      <c r="E204" t="s">
+        <v>712</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H204" t="s">
         <v>753</v>
-      </c>
-[...19 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>754</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>65</v>
+      </c>
+      <c r="D205" t="s">
+        <v>711</v>
+      </c>
+      <c r="E205" t="s">
+        <v>712</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H205" t="s">
         <v>756</v>
-      </c>
-[...19 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>757</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>69</v>
+      </c>
+      <c r="D206" t="s">
+        <v>711</v>
+      </c>
+      <c r="E206" t="s">
+        <v>712</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="H206" t="s">
         <v>759</v>
-      </c>
-[...19 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>760</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>73</v>
+      </c>
+      <c r="D207" t="s">
+        <v>711</v>
+      </c>
+      <c r="E207" t="s">
+        <v>712</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H207" t="s">
         <v>762</v>
-      </c>
-[...16 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="E208" t="s">
-        <v>769</v>
+        <v>765</v>
+      </c>
+      <c r="F208" t="s">
+        <v>146</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="H208" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>768</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>10</v>
+      </c>
+      <c r="D209" t="s">
+        <v>769</v>
+      </c>
+      <c r="E209" t="s">
+        <v>770</v>
+      </c>
+      <c r="F209" t="s">
+        <v>519</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H209" t="s">
         <v>772</v>
-      </c>
-[...16 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>773</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>17</v>
+      </c>
+      <c r="D210" t="s">
+        <v>769</v>
+      </c>
+      <c r="E210" t="s">
+        <v>770</v>
+      </c>
+      <c r="F210" t="s">
+        <v>519</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H210" t="s">
         <v>775</v>
-      </c>
-[...16 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>776</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>21</v>
+      </c>
+      <c r="D211" t="s">
+        <v>769</v>
+      </c>
+      <c r="E211" t="s">
+        <v>770</v>
+      </c>
+      <c r="F211" t="s">
+        <v>519</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H211" t="s">
         <v>778</v>
-      </c>
-[...16 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>779</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>399</v>
+      </c>
+      <c r="D212" t="s">
+        <v>769</v>
+      </c>
+      <c r="E212" t="s">
+        <v>770</v>
+      </c>
+      <c r="F212" t="s">
+        <v>519</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H212" t="s">
         <v>781</v>
-      </c>
-[...16 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>782</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>25</v>
+      </c>
+      <c r="D213" t="s">
+        <v>769</v>
+      </c>
+      <c r="E213" t="s">
+        <v>770</v>
+      </c>
+      <c r="F213" t="s">
+        <v>519</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H213" t="s">
         <v>784</v>
-      </c>
-[...16 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>785</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>29</v>
+      </c>
+      <c r="D214" t="s">
+        <v>769</v>
+      </c>
+      <c r="E214" t="s">
+        <v>770</v>
+      </c>
+      <c r="F214" t="s">
+        <v>519</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H214" t="s">
         <v>787</v>
-      </c>
-[...16 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
+        <v>789</v>
+      </c>
+      <c r="E215" t="s">
+        <v>790</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="E215" t="s">
+      <c r="H215" t="s">
         <v>792</v>
       </c>
-      <c r="F215" t="s">
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
         <v>793</v>
       </c>
-      <c r="G215" s="1" t="s">
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>10</v>
+      </c>
+      <c r="D216" t="s">
         <v>794</v>
       </c>
-      <c r="H215" t="s">
+      <c r="E216" t="s">
         <v>795</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H216" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>798</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" t="s">
+        <v>794</v>
+      </c>
+      <c r="E217" t="s">
+        <v>795</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H217" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>801</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>21</v>
+      </c>
+      <c r="D218" t="s">
+        <v>794</v>
+      </c>
+      <c r="E218" t="s">
+        <v>795</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H218" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>804</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>399</v>
+      </c>
+      <c r="D219" t="s">
+        <v>794</v>
+      </c>
+      <c r="E219" t="s">
+        <v>795</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H219" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>807</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>25</v>
+      </c>
+      <c r="D220" t="s">
+        <v>794</v>
+      </c>
+      <c r="E220" t="s">
+        <v>795</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H220" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>810</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>29</v>
+      </c>
+      <c r="D221" t="s">
+        <v>794</v>
+      </c>
+      <c r="E221" t="s">
+        <v>795</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H221" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>813</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>33</v>
+      </c>
+      <c r="D222" t="s">
+        <v>794</v>
+      </c>
+      <c r="E222" t="s">
+        <v>795</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H222" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>816</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>10</v>
+      </c>
+      <c r="D223" t="s">
+        <v>817</v>
+      </c>
+      <c r="E223" t="s">
+        <v>818</v>
+      </c>
+      <c r="F223" t="s">
+        <v>819</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H223" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8669,50 +8956,58 @@
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>